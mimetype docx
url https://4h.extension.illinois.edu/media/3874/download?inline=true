--- v0 (2026-01-17)
+++ v1 (2026-03-10)
@@ -6702,51 +6702,51 @@
     <w:p w14:paraId="1C468191" w14:textId="154DBC4D" w:rsidR="004B050A" w:rsidRPr="004A1346" w:rsidRDefault="004B050A" w:rsidP="0039086B">
       <w:pPr>
         <w:rPr>
           <w:snapToGrid/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:snapToGrid/>
         </w:rPr>
         <w:t xml:space="preserve">Youth </w:t>
       </w:r>
       <w:r w:rsidR="007B68A1" w:rsidRPr="004A1346">
         <w:rPr>
           <w:snapToGrid/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:snapToGrid/>
         </w:rPr>
         <w:t xml:space="preserve">ooking for resources to help prepare for this contest can reference the following: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57E560CF" w14:textId="77777777" w:rsidR="004B050A" w:rsidRPr="004A1346" w:rsidRDefault="00524885" w:rsidP="00C5105F">
+    <w:p w14:paraId="57E560CF" w14:textId="77777777" w:rsidR="004B050A" w:rsidRPr="004A1346" w:rsidRDefault="00F7345A" w:rsidP="00C5105F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:snapToGrid/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidR="004B050A" w:rsidRPr="004A1346">
           <w:rPr>
             <w:snapToGrid/>
             <w:color w:val="0563C1" w:themeColor="hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Finding your Voice: Public Speaking made Easy</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="004B050A" w:rsidRPr="004A1346">
         <w:rPr>
           <w:snapToGrid/>
         </w:rPr>
         <w:t xml:space="preserve"> (Public Speaking) </w:t>
@@ -13762,51 +13762,73 @@
         <w:t>Your exhibit should include at least two activities to highlight what you learned from completing this project.</w:t>
       </w:r>
       <w:r w:rsidR="00636652">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:t>Be ready to answer questions about how you shared the information you learned with others.</w:t>
       </w:r>
       <w:r w:rsidR="00636652">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:t>Examples include talks and demonstrations and hosting or assisting with a workshop.</w:t>
       </w:r>
       <w:r w:rsidR="00636652">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:t>Be sure to bring your completed project guide for others to see and for you to share as needed during the conference judging</w:t>
       </w:r>
       <w:bookmarkEnd w:id="34"/>
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3870C029" w14:textId="77777777" w:rsidR="00ED74A2" w:rsidRPr="004A1346" w:rsidRDefault="00ED74A2" w:rsidP="0039086B"/>
+    <w:p w14:paraId="3870C029" w14:textId="77777777" w:rsidR="00ED74A2" w:rsidRDefault="00ED74A2" w:rsidP="0039086B"/>
+    <w:p w14:paraId="63A13F8A" w14:textId="77777777" w:rsidR="00F7345A" w:rsidRDefault="00F7345A" w:rsidP="00F7345A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cs="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:snapToGrid/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>The Chicagoland Food Science Foundation will be providing a $50 Amazon Gift Card to the overall Food Science winner in each county.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C815DB3" w14:textId="77777777" w:rsidR="00F7345A" w:rsidRPr="004A1346" w:rsidRDefault="00F7345A" w:rsidP="0039086B"/>
     <w:p w14:paraId="5E5F4ADC" w14:textId="3185358D" w:rsidR="007F1600" w:rsidRPr="004A1346" w:rsidRDefault="43A114B0" w:rsidP="00BA0AB8">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve">Science </w:t>
       </w:r>
       <w:r w:rsidR="614DA409" w:rsidRPr="004A1346">
         <w:t xml:space="preserve">Fun with Dairy Foods </w:t>
       </w:r>
       <w:r w:rsidR="614DA409" w:rsidRPr="004A1346">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(SF </w:t>
       </w:r>
       <w:r w:rsidR="63C3CF92" w:rsidRPr="004A1346">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>50207</w:t>
       </w:r>
       <w:r w:rsidR="614DA409" w:rsidRPr="004A1346">
@@ -14013,63 +14035,66 @@
                       <a:ext cx="177638" cy="177638"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="18A8EC41" w14:textId="7B5E8C45" w:rsidR="2379D7C1" w:rsidRPr="004A1346" w:rsidRDefault="43A114B0" w:rsidP="0039086B">
       <w:r w:rsidRPr="004A1346">
         <w:t>Prepare a display, digital presentation, or poster on one of the activities you completed from the manual. Share 1) the topic you investigated; 2) process used to conduct the experiment; 3) results and observations; 4) what you learned; and 5) how you have applied this information. You must furnish any equipment you need for the exhibit. Internet service is not provided. Be ready to answer questions about how you shared this information with others. Examples include talks a</w:t>
       </w:r>
       <w:r w:rsidR="4BDCFC9B" w:rsidRPr="004A1346">
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
-        <w:t>d demonstrations and hosting or assisting with a workshop.</w:t>
+        <w:t xml:space="preserve">d </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A1346">
+        <w:lastRenderedPageBreak/>
+        <w:t>demonstrations and hosting or assisting with a workshop.</w:t>
       </w:r>
       <w:r w:rsidR="2D392DD7" w:rsidRPr="004A1346">
         <w:t xml:space="preserve"> Be sure to bring your completed project guide for others to see and for you to share as needed during the conference judging.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D9948B7" w14:textId="77777777" w:rsidR="005E6263" w:rsidRPr="004A1346" w:rsidRDefault="005E6263" w:rsidP="0039086B"/>
     <w:p w14:paraId="704FA0B1" w14:textId="239D0A75" w:rsidR="00FA14B8" w:rsidRPr="004A1346" w:rsidRDefault="614DA409" w:rsidP="00BA0AB8">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="004A1346">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">What’s on Your Plate, Exploring </w:t>
       </w:r>
       <w:r w:rsidR="29158C08" w:rsidRPr="004A1346">
         <w:t xml:space="preserve">Food Science 1-4 </w:t>
       </w:r>
       <w:r w:rsidR="29158C08" w:rsidRPr="004A1346">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(SF 50204) </w:t>
       </w:r>
       <w:r w:rsidR="08A7581C" w:rsidRPr="004A1346">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>What’s on Your P</w:t>
       </w:r>
       <w:r w:rsidR="0782E34C" w:rsidRPr="004A1346">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
@@ -14628,55 +14653,55 @@
       </w:r>
       <w:r w:rsidR="00636652">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>(SF 50215)</w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03669350" w14:textId="77777777" w:rsidR="0072674E" w:rsidRPr="004A1346" w:rsidRDefault="52DFAF44" w:rsidP="0039086B">
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve">Demonstrate the skills and knowledge you have gained through your Forestry project. Exhibit may be the result of knowledge gained from project </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="004A1346">
         <w:t>manuals;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="004A1346">
-        <w:t xml:space="preserve"> independent study, interaction with natural resource or conservation professionals. The exhibit may include, but isn’t limited to, original works, objects, demonstrations, digital presentations, programs, websites, games, apps, performances, or posters which you have made. Choose whatever method best shows what you’ve learned. Your exhibit should not fit in the other exhibit options for this project. You must furnish any </w:t>
+        <w:t xml:space="preserve"> independent study, interaction with natural resource or conservation </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:lastRenderedPageBreak/>
-        <w:t>equipment you need for your exhibit. Internet service will not be provided for the exhibit. All exhibits must include something visual, such as a printed copy of a digital presentation, which will remain on display during the exhibition. Electronic equipment will only be used during your personal judging time and will not remain on display during the entire exhibit period.</w:t>
+        <w:t>professionals. The exhibit may include, but isn’t limited to, original works, objects, demonstrations, digital presentations, programs, websites, games, apps, performances, or posters which you have made. Choose whatever method best shows what you’ve learned. Your exhibit should not fit in the other exhibit options for this project. You must furnish any equipment you need for your exhibit. Internet service will not be provided for the exhibit. All exhibits must include something visual, such as a printed copy of a digital presentation, which will remain on display during the exhibition. Electronic equipment will only be used during your personal judging time and will not remain on display during the entire exhibit period.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FD2A949" w14:textId="77777777" w:rsidR="0072674E" w:rsidRPr="004A1346" w:rsidRDefault="0072674E" w:rsidP="0039086B"/>
     <w:bookmarkEnd w:id="35"/>
     <w:p w14:paraId="44AFBED5" w14:textId="77777777" w:rsidR="00BC723A" w:rsidRPr="004A1346" w:rsidRDefault="52DFAF44" w:rsidP="00CC2D88">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve">GEOLOGY </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2538BDA8" w14:textId="1BBE5B60" w:rsidR="00BB7083" w:rsidRPr="004A1346" w:rsidRDefault="06855237" w:rsidP="0039086B">
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve">Each county may submit 3 entries total from 50218, 50219, 50220, 50221, 50222. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7289A2AA" w14:textId="77777777" w:rsidR="00396E3E" w:rsidRPr="004A1346" w:rsidRDefault="00396E3E" w:rsidP="0039086B"/>
     <w:p w14:paraId="4DE580EA" w14:textId="4237C140" w:rsidR="099E170D" w:rsidRPr="004A1346" w:rsidRDefault="099E170D" w:rsidP="0039086B">
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve">The size and number of exhibit cases should relate appropriately to the number of specimens being displayed for a specified class. Specimens are not limited to Illinois locations. All levels of Geology use the same manual, </w:t>
       </w:r>
@@ -14886,55 +14911,52 @@
         <w:t>Demonstrate the skills and knowledge you have gained through the Geology project. Exhibit may be the result of knowledge gained from project manuals; independent study about Illinois rock(s) and mineral(s), interaction with geology professionals; and/or individual exploration in the area of geology. The exhibit may include, but isn’t limited to, original works, objects, demonstrations, digital presentations, programs, websites, games, apps, performances, or posters which you have made. Choose whatever method best shows what you’ve learned. Your exhibit should not fit in the other exhibit options for this project. You must furnish any equipment you need for your exhibit. Internet service will not be provided for the exhibit. All exhibits must include something visual, such as a printed copy of a digital presentation, which will remain on display during the exhibition. Electronic equipment will only be used during your personal judging time and will not remain on display during the entire exhibit period.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C04AD46" w14:textId="77777777" w:rsidR="00A67204" w:rsidRPr="004A1346" w:rsidRDefault="00A67204" w:rsidP="0039086B"/>
     <w:p w14:paraId="45C4586D" w14:textId="77777777" w:rsidR="000464D9" w:rsidRPr="004A1346" w:rsidRDefault="000464D9" w:rsidP="0039086B"/>
     <w:p w14:paraId="2C3D7799" w14:textId="77777777" w:rsidR="00A433D5" w:rsidRPr="004A1346" w:rsidRDefault="52DFAF44" w:rsidP="00CC2D88">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve">HEALTH </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D21E13A" w14:textId="7F417185" w:rsidR="001530E0" w:rsidRPr="004A1346" w:rsidRDefault="217D7105" w:rsidP="0039086B">
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve">Each county may submit 3 entries total from 50226, 50227, 50228, 50229, 50230. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27CA5433" w14:textId="77777777" w:rsidR="001530E0" w:rsidRPr="004A1346" w:rsidRDefault="001530E0" w:rsidP="0039086B"/>
     <w:p w14:paraId="5B08AC65" w14:textId="3869B128" w:rsidR="00AD2727" w:rsidRPr="004A1346" w:rsidRDefault="00AD2727" w:rsidP="0039086B">
       <w:r w:rsidRPr="004A1346">
-        <w:t xml:space="preserve">All display boards must include a reference list indicating where information was obtained, giving credit to the original author, to complete the 4-H member’s exhibit. This reference list should/might include website links, people and professionals interviewed, books, magazines, etc. This reference list should be attached to the back of a poster or display </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004A1346">
         <w:lastRenderedPageBreak/>
-        <w:t>board or included as part of the display visible to the public. A judge is not to discredit an exhibit for the way references are listed.</w:t>
+        <w:t>All display boards must include a reference list indicating where information was obtained, giving credit to the original author, to complete the 4-H member’s exhibit. This reference list should/might include website links, people and professionals interviewed, books, magazines, etc. This reference list should be attached to the back of a poster or display board or included as part of the display visible to the public. A judge is not to discredit an exhibit for the way references are listed.</w:t>
       </w:r>
       <w:r w:rsidR="00636652">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve">Display boards should be no </w:t>
       </w:r>
       <w:r w:rsidR="00E33DCA" w:rsidRPr="004A1346">
         <w:t>larger</w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve"> than </w:t>
       </w:r>
       <w:r w:rsidR="00E33DCA" w:rsidRPr="004A1346">
         <w:t>36</w:t>
       </w:r>
       <w:r w:rsidR="00A6000B" w:rsidRPr="004A1346">
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="00E33DCA" w:rsidRPr="004A1346">
         <w:t xml:space="preserve"> x 48</w:t>
       </w:r>
       <w:r w:rsidR="00A6000B" w:rsidRPr="004A1346">
         <w:t>”</w:t>
       </w:r>
@@ -15563,50 +15585,51 @@
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve"> project. </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Your exhibit should not fit in the other exhibit options for this project</w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:t>. The exhibit may include, but isn’t limited to, original works, objects, demonstrations, digital presentations, programs, websites, games, apps, performances, or posters which you have made. Choose whatever method best shows what you’ve learned. You must furnish any equipment you need for your exhibit. Internet service will not be provided for the exhibit. All exhibits must include something visual, such as a printed copy of a digital presentation, which will remain on display during the exhibition. Electronic equipment will only be used during your personal judging time and will not remain on display during the entire exhibit period.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76BE14E1" w14:textId="77777777" w:rsidR="00A433D5" w:rsidRPr="004A1346" w:rsidRDefault="00A433D5" w:rsidP="0039086B"/>
     <w:p w14:paraId="239E3BE0" w14:textId="77777777" w:rsidR="005B3242" w:rsidRPr="004A1346" w:rsidRDefault="005B3242" w:rsidP="0039086B"/>
     <w:p w14:paraId="086BCDEE" w14:textId="77777777" w:rsidR="00C02E5D" w:rsidRPr="004A1346" w:rsidRDefault="52DFAF44" w:rsidP="0070370C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A1346">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">HORTICULTURE: FLORICULTURE </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59E97F65" w14:textId="1059D01B" w:rsidR="002B0E55" w:rsidRDefault="52DFAF44" w:rsidP="0039086B">
       <w:bookmarkStart w:id="41" w:name="_Hlk213678766"/>
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve">Each county may submit </w:t>
       </w:r>
       <w:r w:rsidR="00682094" w:rsidRPr="004A1346">
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
       <w:r w:rsidR="002B0E55">
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00682094" w:rsidRPr="004A1346">
         <w:t>ntries</w:t>
       </w:r>
       <w:r w:rsidR="002B0E55">
         <w:t xml:space="preserve"> total</w:t>
       </w:r>
       <w:r w:rsidR="00682094" w:rsidRPr="004A1346">
         <w:t xml:space="preserve"> from</w:t>
       </w:r>
       <w:r w:rsidR="002B0E55">
         <w:t xml:space="preserve"> these</w:t>
@@ -15614,51 +15637,50 @@
       <w:r w:rsidR="00A070D3">
         <w:t xml:space="preserve"> Flora</w:t>
       </w:r>
       <w:r w:rsidR="003A3767">
         <w:t xml:space="preserve">l </w:t>
       </w:r>
       <w:r w:rsidR="00A070D3">
         <w:t>Design</w:t>
       </w:r>
       <w:r w:rsidR="00682094" w:rsidRPr="004A1346">
         <w:t xml:space="preserve"> classes</w:t>
       </w:r>
       <w:r w:rsidR="002B0E55">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="108F57FE" w14:textId="69F2E0AB" w:rsidR="002B0E55" w:rsidRDefault="002B0E55" w:rsidP="00C5105F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="65"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Round Arrangement </w:t>
       </w:r>
       <w:r w:rsidR="00682094" w:rsidRPr="004A1346">
         <w:t>50111</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19AB99DF" w14:textId="77777777" w:rsidR="002B0E55" w:rsidRDefault="002B0E55" w:rsidP="00C5105F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="65"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Wearable Flowers 50112</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5177B295" w14:textId="77777777" w:rsidR="002B0E55" w:rsidRDefault="002B0E55" w:rsidP="00C5105F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="65"/>
         </w:numPr>
@@ -16305,55 +16327,55 @@
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>(SF</w:t>
       </w:r>
       <w:r w:rsidR="005E6263" w:rsidRPr="004A1346">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>50114)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="440046D3" w14:textId="77777777" w:rsidR="00635AE0" w:rsidRPr="004A1346" w:rsidRDefault="00635AE0" w:rsidP="0039086B">
       <w:r w:rsidRPr="004A1346">
-        <w:t xml:space="preserve">Exhibitor must make two arrangements suitable for use as a centerpiece(s) within one hour in front of the judge. Arrangements can be made from fresh and/or dried materials. No silks are permitted. The centerpiece should follow a cohesive theme. Final arrangements must fit on a tabletop and not exceed 2.5 ft x 2.5 ft. Exhibitors are not allowed to interact with anyone other than the judge and superintendent during the judging process. The judge may choose to ask the </w:t>
+        <w:t xml:space="preserve">Exhibitor must make two arrangements suitable for use as a centerpiece(s) within one hour in front of the judge. </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:lastRenderedPageBreak/>
-        <w:t>exhibitor about their process and other questions during the design time. The exhibitor is responsible for furnishing their own flowers, containers, and other supplies. Exhibitor is responsible for cleaning up their workspace at the end of judging. Table will be provided.</w:t>
+        <w:t>Arrangements can be made from fresh and/or dried materials. No silks are permitted. The centerpiece should follow a cohesive theme. Final arrangements must fit on a tabletop and not exceed 2.5 ft x 2.5 ft. Exhibitors are not allowed to interact with anyone other than the judge and superintendent during the judging process. The judge may choose to ask the exhibitor about their process and other questions during the design time. The exhibitor is responsible for furnishing their own flowers, containers, and other supplies. Exhibitor is responsible for cleaning up their workspace at the end of judging. Table will be provided.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59A9DE19" w14:textId="77777777" w:rsidR="00635AE0" w:rsidRPr="004A1346" w:rsidRDefault="00635AE0" w:rsidP="0039086B"/>
     <w:p w14:paraId="64BA4FEE" w14:textId="567529B3" w:rsidR="00635AE0" w:rsidRPr="004A1346" w:rsidRDefault="00507468" w:rsidP="00567E8C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve">LANDSCAPE DESIGN </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A99380C" w14:textId="77FD5D57" w:rsidR="00635AE0" w:rsidRPr="004A1346" w:rsidRDefault="00635AE0" w:rsidP="0039086B">
       <w:r w:rsidRPr="004A1346">
         <w:t>Each county may submit 1 entry from class 50115</w:t>
       </w:r>
       <w:r w:rsidR="00507468" w:rsidRPr="004A1346">
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:t>50116.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4308155A" w14:textId="77777777" w:rsidR="00635AE0" w:rsidRPr="004A1346" w:rsidRDefault="00635AE0" w:rsidP="0039086B"/>
     <w:p w14:paraId="2827F43D" w14:textId="0D4C9606" w:rsidR="00635AE0" w:rsidRPr="004A1346" w:rsidRDefault="00635AE0" w:rsidP="0039086B">
       <w:r w:rsidRPr="004A1346">
@@ -16809,51 +16831,55 @@
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>(SF</w:t>
       </w:r>
       <w:r w:rsidR="005E6263" w:rsidRPr="004A1346">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>50119)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C6D76B5" w14:textId="77777777" w:rsidR="00635AE0" w:rsidRPr="004A1346" w:rsidRDefault="00635AE0" w:rsidP="0039086B">
       <w:r w:rsidRPr="004A1346">
-        <w:t>Exhibit a plant that you propagated from cuttings, layering, or division, or started from seed. Create a photo board showing the progression of growth. Tips for vegetative propagation of houseplants can be found in the University of Illinois Extension Gardener’s Corner (go.illinois.edu/</w:t>
+        <w:t xml:space="preserve">Exhibit a plant that you propagated from cuttings, layering, or division, or started from seed. Create a photo board showing </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A1346">
+        <w:lastRenderedPageBreak/>
+        <w:t>the progression of growth. Tips for vegetative propagation of houseplants can be found in the University of Illinois Extension Gardener’s Corner (go.illinois.edu/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004A1346">
         <w:t>gardenerscorner</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve">). Any type of house plant or outdoor plant is appropriate here. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E6FB02F" w14:textId="77777777" w:rsidR="00635AE0" w:rsidRPr="004A1346" w:rsidRDefault="00635AE0" w:rsidP="0039086B"/>
     <w:p w14:paraId="0DC6B7EB" w14:textId="350D0D05" w:rsidR="00635AE0" w:rsidRPr="004A1346" w:rsidRDefault="00635AE0" w:rsidP="00567E8C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve">Forced Bulbs </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>(SF</w:t>
       </w:r>
@@ -17304,51 +17330,50 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CD59206" w14:textId="77777777" w:rsidR="005E6263" w:rsidRPr="004A1346" w:rsidRDefault="00635AE0" w:rsidP="0039086B">
       <w:r w:rsidRPr="004A1346">
         <w:t>Each county may submit 1 entry from class 50129.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37661234" w14:textId="2C25C499" w:rsidR="00635AE0" w:rsidRPr="004A1346" w:rsidRDefault="00635AE0" w:rsidP="0039086B">
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve">Present an exhibit of the member’s choice that focuses on some aspect of floriculture that does not fit in the categories above. The exhibit may include, but is not limited to, dish gardens, original works, objects, demonstrations, digital presentations, programs, websites, games, apps, performances, or posters that you have made. Choose whatever method best shows what you’ve learned. You must furnish any equipment you need for your exhibit. Internet service will not be provided for the exhibit. All exhibits must include something visual, such as a printed copy of a digital presentation, which will remain on display during the exhibition. Electronic equipment will only be used during your personal judging time and will not remain on display during the entire exhibit period. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30DC9629" w14:textId="77777777" w:rsidR="00635AE0" w:rsidRPr="004A1346" w:rsidRDefault="00635AE0" w:rsidP="0039086B"/>
     <w:p w14:paraId="6A2334DE" w14:textId="77777777" w:rsidR="00B610B6" w:rsidRPr="004A1346" w:rsidRDefault="00B610B6" w:rsidP="0039086B"/>
     <w:p w14:paraId="4B659489" w14:textId="71E6C072" w:rsidR="00C02E5D" w:rsidRPr="004A1346" w:rsidRDefault="217D7105" w:rsidP="009D21AD">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="44" w:name="_Hlk99674825"/>
       <w:r w:rsidRPr="004A1346">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">HORTICULTURE: VEGETABLES, HERBS &amp; FRUITS </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13003B7E" w14:textId="627A0724" w:rsidR="0081601C" w:rsidRPr="004A1346" w:rsidRDefault="52DFAF44" w:rsidP="0039086B">
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve">Each county may submit 3 entries total for 50313, 50314, 50315, 50316, 50317. </w:t>
       </w:r>
       <w:bookmarkEnd w:id="44"/>
     </w:p>
     <w:p w14:paraId="0AF6FD96" w14:textId="77777777" w:rsidR="0081601C" w:rsidRPr="004A1346" w:rsidRDefault="0081601C" w:rsidP="0039086B">
       <w:pPr>
         <w:rPr>
           <w:snapToGrid/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="15CE234C" w14:textId="77777777" w:rsidR="00C65265" w:rsidRPr="004A1346" w:rsidRDefault="00C65265" w:rsidP="0039086B">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
@@ -17800,71 +17825,71 @@
         <w:t>Eggplant (1)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38E0B6BF" w14:textId="77777777" w:rsidR="00C02E5D" w:rsidRPr="004A1346" w:rsidRDefault="00C02E5D" w:rsidP="0039086B">
       <w:r w:rsidRPr="004A1346">
         <w:t>Garlic (5)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FCF9B6D" w14:textId="77777777" w:rsidR="00C02E5D" w:rsidRPr="004A1346" w:rsidRDefault="00C02E5D" w:rsidP="0039086B">
       <w:r w:rsidRPr="004A1346">
         <w:t>Kohlrabi (5)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A8A567F" w14:textId="77777777" w:rsidR="00C02E5D" w:rsidRPr="004A1346" w:rsidRDefault="00C02E5D" w:rsidP="0039086B">
       <w:r w:rsidRPr="004A1346">
         <w:t>Lettuce (1 head or plant)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2825454B" w14:textId="77777777" w:rsidR="00C02E5D" w:rsidRPr="004A1346" w:rsidRDefault="00C02E5D" w:rsidP="0039086B">
       <w:r w:rsidRPr="004A1346">
         <w:t>Muskmelon incl. cantaloupe (1)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38E00B2A" w14:textId="77777777" w:rsidR="00C02E5D" w:rsidRPr="004A1346" w:rsidRDefault="00C02E5D" w:rsidP="0039086B">
       <w:r w:rsidRPr="004A1346">
+        <w:lastRenderedPageBreak/>
         <w:t>Okra (12)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06191796" w14:textId="77777777" w:rsidR="00C02E5D" w:rsidRPr="004A1346" w:rsidRDefault="00C02E5D" w:rsidP="0039086B">
       <w:r w:rsidRPr="004A1346">
         <w:t>Onions, large, dry (5)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BAA9A5B" w14:textId="77777777" w:rsidR="00C02E5D" w:rsidRPr="004A1346" w:rsidRDefault="00C02E5D" w:rsidP="0039086B">
       <w:r w:rsidRPr="004A1346">
         <w:t>Onions, green or set (12)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AF045C3" w14:textId="77777777" w:rsidR="00C02E5D" w:rsidRPr="004A1346" w:rsidRDefault="00C02E5D" w:rsidP="0039086B">
       <w:r w:rsidRPr="004A1346">
         <w:t>Parsnips (5)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EB1263A" w14:textId="77777777" w:rsidR="00C02E5D" w:rsidRPr="004A1346" w:rsidRDefault="00C02E5D" w:rsidP="0039086B">
       <w:r w:rsidRPr="004A1346">
-        <w:lastRenderedPageBreak/>
         <w:t>Peas, (12 pods)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D14577C" w14:textId="77777777" w:rsidR="00C02E5D" w:rsidRPr="004A1346" w:rsidRDefault="00C02E5D" w:rsidP="0039086B">
       <w:r w:rsidRPr="004A1346">
         <w:t>Peppers, large fruited (bell/banana) (5)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="206D16C7" w14:textId="77777777" w:rsidR="00C02E5D" w:rsidRPr="004A1346" w:rsidRDefault="00C02E5D" w:rsidP="0039086B">
       <w:r w:rsidRPr="004A1346">
         <w:t>Peppers, small fruited (chili/cherry) (12)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="140F84E5" w14:textId="77777777" w:rsidR="00C02E5D" w:rsidRPr="004A1346" w:rsidRDefault="00C02E5D" w:rsidP="0039086B">
       <w:r w:rsidRPr="004A1346">
         <w:t>Popcorn (5)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="326A0C4D" w14:textId="77777777" w:rsidR="00C02E5D" w:rsidRPr="004A1346" w:rsidRDefault="00C02E5D" w:rsidP="0039086B">
       <w:r w:rsidRPr="004A1346">
         <w:t>Potatoes (any variety) (5)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2966A7E9" w14:textId="77777777" w:rsidR="00C02E5D" w:rsidRPr="004A1346" w:rsidRDefault="00C02E5D" w:rsidP="0039086B">
       <w:r w:rsidRPr="004A1346">
@@ -18170,72 +18195,69 @@
         <w:t>Wild Plums – 1 pint</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DD6F8FA" w14:textId="49D23C1B" w:rsidR="00396E3E" w:rsidRPr="004A1346" w:rsidRDefault="00396E3E" w:rsidP="0039086B">
       <w:r w:rsidRPr="004A1346">
         <w:tab/>
         <w:t>Other Small Fruit or Berries (Do not duplicate entries from the above fruits) – 1 pint</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B1A3F9A" w14:textId="2158C069" w:rsidR="00396E3E" w:rsidRPr="004A1346" w:rsidRDefault="00396E3E" w:rsidP="0039086B">
       <w:r w:rsidRPr="004A1346">
         <w:tab/>
         <w:t>Other Fruits or Nuts (Do not duplicate entries from the above fruits) – 5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F72DEFB" w14:textId="77777777" w:rsidR="00A50464" w:rsidRPr="004A1346" w:rsidRDefault="00A50464" w:rsidP="0039086B"/>
     <w:p w14:paraId="64E1154E" w14:textId="77777777" w:rsidR="00A15B2E" w:rsidRPr="004A1346" w:rsidRDefault="62D34DB0" w:rsidP="00AD6A2D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A1346">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">INTERCULTURAL </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B57B75E" w14:textId="53F3A8F2" w:rsidR="00264B91" w:rsidRPr="004A1346" w:rsidRDefault="00264B91" w:rsidP="0039086B">
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve">Each county may submit 1 individual entry from 50233a; 1 individual entry from 50234a; 1 </w:t>
       </w:r>
       <w:r w:rsidR="00D334D9" w:rsidRPr="004A1346">
         <w:t>g</w:t>
       </w:r>
       <w:r w:rsidR="008831C0" w:rsidRPr="004A1346">
         <w:t>ro</w:t>
       </w:r>
       <w:r w:rsidR="00907CDC">
         <w:t>up entry</w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
-        <w:t xml:space="preserve"> from 50233b and </w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">one from 50234b. </w:t>
+        <w:t xml:space="preserve"> from 50233b and one from 50234b. </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Due to space restrictions, exhibits are limited to </w:t>
       </w:r>
       <w:r w:rsidR="00323BFC" w:rsidRPr="004A1346">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">36” X 48” </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>and 15” deep.</w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:t> </w:t>
       </w:r>
@@ -18825,61 +18847,61 @@
                       <a:ext cx="177638" cy="177638"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CED5434" w14:textId="4DC51089" w:rsidR="00F666D9" w:rsidRPr="004A1346" w:rsidRDefault="217D7105" w:rsidP="0039086B">
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve">Exhibit a display illustrating the steps that the </w:t>
       </w:r>
       <w:r w:rsidR="00BA1443" w:rsidRPr="004A1346">
         <w:t>group</w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
-        <w:t xml:space="preserve"> has completed on the project selected for the year, including reflection on activities completed. Include a written outline or report of accomplishments and future goals. The exhibit may include, but isn’t limited to, original works, objects, demonstrations, digital presentations, programs, websites, games, apps, performances, or posters which you have made. Choose whatever method best shows what the </w:t>
+        <w:t xml:space="preserve"> has completed on the project selected for the year, including reflection on activities completed. Include a written outline or report of accomplishments and future goals. The exhibit may include, but isn’t limited to, original works, objects, demonstrations, digital presentations, programs, websites, games, apps, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A1346">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">performances, or posters which you have made. Choose whatever method best shows what the </w:t>
       </w:r>
       <w:r w:rsidR="00BA1443" w:rsidRPr="004A1346">
         <w:t>group</w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
-        <w:t xml:space="preserve"> members have learned. You must furnish any equipment you need for your exhibit. Internet service will not be provided for the exhibit. All exhibits must include something visual, such as a printed copy of a digital presentation, which will remain on display during </w:t>
-[...3 lines deleted...]
-        <w:t>the exhibition. Electronic equipment will only be used during your personal judging time and will not remain on display during the entire exhibit period. The display must be accompanied by</w:t>
+        <w:t xml:space="preserve"> members have learned. You must furnish any equipment you need for your exhibit. Internet service will not be provided for the exhibit. All exhibits must include something visual, such as a printed copy of a digital presentation, which will remain on display during the exhibition. Electronic equipment will only be used during your personal judging time and will not remain on display during the entire exhibit period. The display must be accompanied by</w:t>
       </w:r>
       <w:r w:rsidR="008973D2" w:rsidRPr="004A1346">
         <w:t xml:space="preserve"> at least</w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve"> 3 or </w:t>
       </w:r>
       <w:r w:rsidR="00F666D9" w:rsidRPr="004A1346">
         <w:t xml:space="preserve">no more than 10 4-H members </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve">at the time of the judge’s critique. </w:t>
       </w:r>
       <w:r w:rsidR="00BA1443" w:rsidRPr="004A1346">
         <w:t>Groups</w:t>
       </w:r>
       <w:r w:rsidR="00C41A90" w:rsidRPr="004A1346">
         <w:t xml:space="preserve"> wishing to include more than 10 members must ask for an accommodation, one week prior to judging. </w:t>
       </w:r>
       <w:r w:rsidR="00BA1443" w:rsidRPr="004A1346">
         <w:t>Group</w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve"> members should make a 5-7-minute presentation to the judge</w:t>
       </w:r>
@@ -19130,77 +19152,77 @@
         <w:t>Demonstrate the skills and knowledge you have gained through the Interior Design project. The exhibit may include, but isn’t limited to, original works, objects, demonstrations, digital presentations, programs, websites, games, apps, performances, or posters which you have made. Choose whatever method best shows what you’ve learned. Your exhibit should not fit in the other exhibit options for this project. You must furnish any equipment you need for your exhibit. Internet service will not be provided for the exhibit. All exhibits must include something visual, such as a printed copy of a digital presentation, which will remain on display during the exhibition. Electronic equipment will only be used during your personal judging time and will not remain on display during the entire exhibit period.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65849A6C" w14:textId="77777777" w:rsidR="004B461E" w:rsidRPr="004A1346" w:rsidRDefault="004B461E" w:rsidP="0039086B"/>
     <w:p w14:paraId="12C5278C" w14:textId="77777777" w:rsidR="00EC0D8B" w:rsidRPr="004A1346" w:rsidRDefault="62D34DB0" w:rsidP="00AD6A2D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A1346">
         <w:t>LEADERSHIP</w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="308ADFDB" w14:textId="2C52ACAC" w:rsidR="004C7271" w:rsidRPr="004A1346" w:rsidRDefault="62D34DB0" w:rsidP="0039086B">
       <w:r w:rsidRPr="004A1346">
+        <w:lastRenderedPageBreak/>
         <w:t>Each county may submit 3 entries total from 50249, 50250, 50251, 50252</w:t>
       </w:r>
       <w:r w:rsidR="004A190A" w:rsidRPr="004A1346">
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve">2 entries from 50254. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10962AD3" w14:textId="73EEF3B3" w:rsidR="00D334D9" w:rsidRPr="004A1346" w:rsidRDefault="00D334D9" w:rsidP="0039086B">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A1346">
         <w:t>Due to space limitations, exhibits are limited to 36” X 48” and 15” deep.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5ABA9EA9" w14:textId="77777777" w:rsidR="004C7271" w:rsidRPr="004A1346" w:rsidRDefault="004C7271" w:rsidP="0039086B"/>
     <w:p w14:paraId="6B28174D" w14:textId="3E9C8A06" w:rsidR="008973D2" w:rsidRPr="004A1346" w:rsidRDefault="62D34DB0" w:rsidP="00AD6A2D">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="004A1346">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Leadership 1 </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>(SF 50249)</w:t>
       </w:r>
       <w:r w:rsidR="00F5292C" w:rsidRPr="004A1346">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008973D2" w:rsidRPr="004A1346">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Skills You Never Outgrow 1 </w:t>
       </w:r>
@@ -19769,55 +19791,55 @@
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67EB9C3E" w14:textId="117515AD" w:rsidR="008F560C" w:rsidRPr="004A1346" w:rsidRDefault="53983821" w:rsidP="0039086B">
       <w:pPr>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve">Exhibit a display illustrating how your group has used the Teens </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="004A1346">
         <w:t>As</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="004A1346">
-        <w:t xml:space="preserve"> Leaders model effectively in your club, community, school, or state. Leadership activities might include planning, advising, promoting, mentoring, teaching or advocating for change. The exhibit may include, but isn’t limited to, original works, objects, demonstrations, digital presentations, programs, websites, games, apps, performances, or posters which you have made. Choose whatever method best shows </w:t>
+        <w:t xml:space="preserve"> Leaders model effectively in your club, community, </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">what you’ve learned. You must furnish any equipment you need for your exhibit. Internet service will not be provided for the exhibit. All exhibits must include something visual, such as a printed copy of a digital presentation, which will remain on display during the exhibition. Electronic equipment will only be used during your personal judging time and will not remain on display during the entire exhibit period. The display must be accompanied by </w:t>
+        <w:t xml:space="preserve">school, or state. Leadership activities might include planning, advising, promoting, mentoring, teaching or advocating for change. The exhibit may include, but isn’t limited to, original works, objects, demonstrations, digital presentations, programs, websites, games, apps, performances, or posters which you have made. Choose whatever method best shows what you’ve learned. You must furnish any equipment you need for your exhibit. Internet service will not be provided for the exhibit. All exhibits must include something visual, such as a printed copy of a digital presentation, which will remain on display during the exhibition. Electronic equipment will only be used during your personal judging time and will not remain on display during the entire exhibit period. The display must be accompanied by </w:t>
       </w:r>
       <w:r w:rsidR="008973D2" w:rsidRPr="004A1346">
         <w:t xml:space="preserve">at least </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve">3 or </w:t>
       </w:r>
       <w:r w:rsidR="00364C0F" w:rsidRPr="004A1346">
         <w:t xml:space="preserve">no </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve">more </w:t>
       </w:r>
       <w:r w:rsidR="00364C0F" w:rsidRPr="004A1346">
         <w:t xml:space="preserve">than 10 </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:t>4-H members at the time of the judge’s critique.</w:t>
       </w:r>
       <w:r w:rsidR="00364C0F" w:rsidRPr="004A1346">
         <w:t xml:space="preserve"> For a larger group please reach out to staff with an accommodation request at least one week prior to the exhibit event.</w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -20423,50 +20445,51 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm flipH="1">
                       <a:off x="0" y="0"/>
                       <a:ext cx="177638" cy="177638"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="76862C5E" w14:textId="77777777" w:rsidR="009C30C7" w:rsidRPr="004A1346" w:rsidRDefault="009C30C7" w:rsidP="0039086B">
       <w:r w:rsidRPr="004A1346">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Exhibit a product or display made to complete an activity in the </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Reel in the Fun </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve">project manual. This could include, but is not limited to, displays </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="004A1346">
         <w:t>on:</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve"> different types of knots or rigs and their use; a collection of fishing lures, labeled with their use; or information on preparing and cooking fish (not recipes). For safety reasons, lures must be placed in a plastic case.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1460FDC0" w14:textId="77777777" w:rsidR="009C30C7" w:rsidRPr="004A1346" w:rsidRDefault="009C30C7" w:rsidP="0039086B"/>
     <w:p w14:paraId="67F35BEE" w14:textId="39D16336" w:rsidR="009C30C7" w:rsidRPr="004A1346" w:rsidRDefault="009C30C7" w:rsidP="00112240">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
@@ -21232,51 +21255,55 @@
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D03F03C" w14:textId="3BD34486" w:rsidR="00D44382" w:rsidRDefault="217D7105" w:rsidP="0039086B">
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve">Exhibit any item, project, or display made as it relates to an activity in the </w:t>
       </w:r>
       <w:bookmarkStart w:id="49" w:name="_Hlk183162815"/>
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Exploring Your Environment – Earth’s Capacity</w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="49"/>
       <w:r w:rsidRPr="004A1346">
-        <w:t>project manual. The display should demonstrate an understanding of one of the following: stewardship of natural resources, investigating greenhouse effects on living organisms, methods of reducing or managing waste in your home or community, or calculating your ecological footprint. Include your project manual that documents activity recordkeeping, your answers to activity questions, and details personal thoughts and ideas.</w:t>
+        <w:t xml:space="preserve">project manual. The display should demonstrate an understanding of one of the following: stewardship of natural </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A1346">
+        <w:lastRenderedPageBreak/>
+        <w:t>resources, investigating greenhouse effects on living organisms, methods of reducing or managing waste in your home or community, or calculating your ecological footprint. Include your project manual that documents activity recordkeeping, your answers to activity questions, and details personal thoughts and ideas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A1A1740" w14:textId="77777777" w:rsidR="00AE0C05" w:rsidRPr="004A1346" w:rsidRDefault="00AE0C05" w:rsidP="0039086B"/>
     <w:p w14:paraId="694000A4" w14:textId="59E2E7FD" w:rsidR="000113C6" w:rsidRPr="004A1346" w:rsidRDefault="136A3000" w:rsidP="00112240">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve">Outdoor Adventures 1-3 </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(SF </w:t>
       </w:r>
       <w:r w:rsidR="00B91ADB" w:rsidRPr="004A1346">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>50256)</w:t>
       </w:r>
       <w:r w:rsidR="00207980" w:rsidRPr="004A1346">
@@ -21693,50 +21720,51 @@
         <w:t>un-edited</w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve"> versions of either the same subject or the examples of the same technique that the framed image represents. This will assist the judge in understanding the choices made by the photographer to build the exhibited composition. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E426834" w14:textId="77777777" w:rsidR="00260879" w:rsidRPr="004A1346" w:rsidRDefault="00260879" w:rsidP="0039086B"/>
     <w:p w14:paraId="54A48A2D" w14:textId="77777777" w:rsidR="00260879" w:rsidRPr="004A1346" w:rsidRDefault="62D34DB0" w:rsidP="0039086B">
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>NOTE:</w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve"> Images taken with devices that apply an automatic filter will not be eligible for award. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C3A690A" w14:textId="77777777" w:rsidR="00EB5E0D" w:rsidRPr="004A1346" w:rsidRDefault="00EB5E0D" w:rsidP="0039086B"/>
     <w:p w14:paraId="17DC9806" w14:textId="0F645595" w:rsidR="008464C7" w:rsidRPr="004A1346" w:rsidRDefault="62D34DB0" w:rsidP="00112240">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="004A1346">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Photography 1 </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>(SF 50268)</w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CF193B" w:rsidRPr="004A1346">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
@@ -21815,55 +21843,51 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm flipH="1">
                       <a:off x="0" y="0"/>
                       <a:ext cx="177638" cy="177638"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="04C0ED88" w14:textId="15DC9187" w:rsidR="00EB5E0D" w:rsidRPr="004A1346" w:rsidRDefault="6B61222A" w:rsidP="0039086B">
       <w:r w:rsidRPr="004A1346">
-        <w:t xml:space="preserve">Exhibit one framed photo which demonstrates your understanding of a technique you learned from your Photography 1 </w:t>
-[...3 lines deleted...]
-        <w:t>project manual. No photo editing is allowed in this class except cropping and red eye removal. Be prepared to show the page in the manual of the technique you are demonstrating.</w:t>
+        <w:t>Exhibit one framed photo which demonstrates your understanding of a technique you learned from your Photography 1 project manual. No photo editing is allowed in this class except cropping and red eye removal. Be prepared to show the page in the manual of the technique you are demonstrating.</w:t>
       </w:r>
       <w:r w:rsidR="0BFEDF3B" w:rsidRPr="004A1346">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="76DF1E64" w:rsidRPr="004A1346">
         <w:t>Exhibits for this class should be a framed 5”x7” or 8”x10” picture.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78653B97" w14:textId="77777777" w:rsidR="002B7C8B" w:rsidRPr="004A1346" w:rsidRDefault="002B7C8B" w:rsidP="0039086B"/>
     <w:p w14:paraId="32AAE121" w14:textId="3D2A5716" w:rsidR="008F2DDC" w:rsidRPr="004A1346" w:rsidRDefault="008F2DDC" w:rsidP="00112240">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:snapToGrid/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="51" w:name="_Hlk99676052"/>
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:snapToGrid/>
         </w:rPr>
         <w:t xml:space="preserve">Photography 2 </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
@@ -22366,50 +22390,51 @@
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve">Exhibit an experimental or educational activity related to one experience from your project; </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>OR</w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve"> prepare a display focusing on any activity related to the cover crops project. This could be related, but not limited, to plant growth &amp; development, cover crop benefits, land management, sustainability, or other topics of interest to the member related to cover crops. A cover crop might include any plant that is sown in between primary production crops for the benefit of overall farm health rather than crop yield (examples: pennycress, clover, radish, annual ryegrass, etc.). The exhibit may include, but isn’t limited to, original works, objects, demonstrations, digital presentations, programs, websites, games, apps, performances, or posters which you have made. Choose whatever method best shows what you’ve learned. You must furnish any equipment you need for your exhibit. Internet service will not be provided for the exhibit. All exhibits must include something visual, such as a printed copy of a digital presentation, which will remain on display during the exhibition. Electronic equipment will only be used during your personal judging time and will not remain on display during the entire exhibit period. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
     <w:p w14:paraId="7126B984" w14:textId="77777777" w:rsidR="00577B6F" w:rsidRPr="004A1346" w:rsidRDefault="00577B6F" w:rsidP="0039086B"/>
     <w:p w14:paraId="75A7FF07" w14:textId="6DE0C4F2" w:rsidR="00D66D32" w:rsidRPr="004A1346" w:rsidRDefault="217D7105" w:rsidP="00112240">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="53" w:name="_Hlk183090982"/>
       <w:r w:rsidRPr="004A1346">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Plants &amp; Soils 1 </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>(SF 50281a)</w:t>
       </w:r>
       <w:r w:rsidR="00207980" w:rsidRPr="004A1346">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CF193B" w:rsidRPr="004A1346">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
@@ -22482,51 +22507,50 @@
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="2786FE8A" w14:textId="0214A50D" w:rsidR="00720773" w:rsidRPr="004A1346" w:rsidRDefault="217D7105" w:rsidP="0039086B">
       <w:pPr>
         <w:pStyle w:val="xmsonormal"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:rStyle w:val="contentpasted0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Prepare a 36” X 48” display or a poster no larger than</w:t>
       </w:r>
       <w:r w:rsidR="00CE3F80" w:rsidRPr="004A1346">
         <w:rPr>
           <w:rStyle w:val="contentpasted0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> 36” X 48” </w:t>
       </w:r>
       <w:r w:rsidR="00BA1443" w:rsidRPr="004A1346">
         <w:rPr>
           <w:rStyle w:val="contentpasted0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>and 15” deep</w:t>
       </w:r>
       <w:r w:rsidR="005A5AE9" w:rsidRPr="004A1346">
         <w:rPr>
           <w:rStyle w:val="contentpasted0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
@@ -23268,51 +23292,50 @@
         <w:t xml:space="preserve"> (50292). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E273ED1" w14:textId="55B6C797" w:rsidR="05C3DC70" w:rsidRPr="004A1346" w:rsidRDefault="62D34DB0" w:rsidP="00C5105F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="004A1346">
         <w:t>Members should bring their robot to the fair.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FF851D8" w14:textId="77777777" w:rsidR="00080B99" w:rsidRPr="004A1346" w:rsidRDefault="00080B99" w:rsidP="0039086B"/>
     <w:p w14:paraId="40A1E054" w14:textId="2D114B7A" w:rsidR="00080B99" w:rsidRPr="004A1346" w:rsidRDefault="217D7105" w:rsidP="00A6052E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A1346">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Robotics 1 </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>(SF 50285)</w:t>
       </w:r>
       <w:r w:rsidR="00207980" w:rsidRPr="004A1346">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BA456A" w:rsidRPr="004A1346">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Robotics 1 with EV3 </w:t>
       </w:r>
@@ -24134,51 +24157,50 @@
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="53B50D27" w14:textId="1BA19891" w:rsidR="009803EE" w:rsidRPr="004A1346" w:rsidRDefault="62D34DB0" w:rsidP="0039086B">
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve">Exhibit any item from the “To Make” activity from the Junk Drawer Robotics Level 1 </w:t>
       </w:r>
       <w:r w:rsidR="006119F1" w:rsidRPr="004A1346">
         <w:t>project b</w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve">ook. Be sure all robotics notebook sections within the module being exhibited are filled in. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63C67738" w14:textId="77777777" w:rsidR="009803EE" w:rsidRPr="004A1346" w:rsidRDefault="009803EE" w:rsidP="0039086B"/>
     <w:p w14:paraId="4FD88851" w14:textId="2750DE07" w:rsidR="00665F77" w:rsidRPr="004A1346" w:rsidRDefault="62D34DB0" w:rsidP="00A6052E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="004A1346">
-        <w:lastRenderedPageBreak/>
         <w:t>Junk Drawer Robotics 2</w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> (SF 50288)</w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C32D8F" w:rsidRPr="004A1346">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
@@ -24850,65 +24872,65 @@
           <w:bCs/>
         </w:rPr>
         <w:t>2)</w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve"> determine types of activities group members can/want to do; </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>3)</w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve"> List all of the activities, projects, or needs identified to review with group members; </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>4)</w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
-        <w:t xml:space="preserve"> create a plan and timeline for completing the service project (including-project goals; tasks involved; time commitment; permission needed from community stakeholders; a budget, a source for securing those funds; insurance needs; equipment and supplies; publicity; potential partners if additional help is needed; a risk management plan; and a process for evaluating the project; </w:t>
+        <w:t xml:space="preserve"> create a plan and timeline for completing the service project (including-project goals; tasks involved; time commitment; permission needed from community stakeholders; a budget, a source for securing those funds; insurance needs; equipment and supplies; publicity; potential partners if additional help is needed; a risk management </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A1346">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">plan; and a process for evaluating the project; </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>5)</w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
-        <w:t xml:space="preserve"> prepare for group members to engage in the service project which may </w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">include instruction on completing specific tasks and/or educating members on how the project will benefit the community; </w:t>
+        <w:t xml:space="preserve"> prepare for group members to engage in the service project which may include instruction on completing specific tasks and/or educating members on how the project will benefit the community; </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>6)</w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve"> complete the project; </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>7)</w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve"> documentation of service experience with photos, videos; or written reports; </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -25559,51 +25581,50 @@
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:snapToGrid/>
         </w:rPr>
         <w:t>Exhibit a poster</w:t>
       </w:r>
       <w:r w:rsidR="00D947B3" w:rsidRPr="004A1346">
         <w:rPr>
           <w:snapToGrid/>
         </w:rPr>
         <w:t xml:space="preserve"> or stand-alone display</w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:snapToGrid/>
         </w:rPr>
         <w:t xml:space="preserve"> depicting safe firearm handling, range safety, the parts of the pistol, tracking the target, target sighting, or another topic you have learned through the 4-H Shooting Sports program.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D1DD2A1" w14:textId="77777777" w:rsidR="005C6BB8" w:rsidRPr="004A1346" w:rsidRDefault="005C6BB8" w:rsidP="0039086B"/>
     <w:p w14:paraId="164D9090" w14:textId="6B84D1F1" w:rsidR="009C7457" w:rsidRPr="004A1346" w:rsidRDefault="62D34DB0" w:rsidP="006E7CDD">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="004A1346">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">SMALL ENGINES </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38AFB1FA" w14:textId="17F9FB5F" w:rsidR="009C7457" w:rsidRPr="004A1346" w:rsidRDefault="04FB2321" w:rsidP="0039086B">
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve">Each county may submit 1 entry total for 50294. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="474B94DB" w14:textId="77777777" w:rsidR="0091347D" w:rsidRPr="004A1346" w:rsidRDefault="62D34DB0" w:rsidP="0039086B">
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="399A6D3A" w14:textId="77777777" w:rsidR="00905B4C" w:rsidRPr="004A1346" w:rsidRDefault="62D34DB0" w:rsidP="0039086B">
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve">Small Engine displays must be no larger than 4’ x 4’ display board. </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Exhibits must be portable.</w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve"> No complete engines, lawn tractors, tillers, chainsaws, etc. are permitted for display. No electrical power is available for displays/exhibits.</w:t>
@@ -26136,63 +26157,63 @@
       </w:pPr>
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Create a mask </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:t>that either represents a character of your choice or models a mask from a given historical time period integral to the history of theatre.</w:t>
       </w:r>
       <w:r w:rsidR="00636652">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D281283" w14:textId="77777777" w:rsidR="00C27DC4" w:rsidRPr="004A1346" w:rsidRDefault="00C27DC4" w:rsidP="0039086B"/>
     <w:p w14:paraId="655B1251" w14:textId="77777777" w:rsidR="00C27DC4" w:rsidRPr="004A1346" w:rsidRDefault="217D7105" w:rsidP="006E7CDD">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A1346">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Theatre Arts 3 </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>(SF 50301)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71DA8863" w14:textId="1FF8EED3" w:rsidR="00C27DC4" w:rsidRPr="004A1346" w:rsidRDefault="217D7105" w:rsidP="0039086B">
       <w:r w:rsidRPr="004A1346">
-        <w:lastRenderedPageBreak/>
         <w:t>Exhibit one of the following items:</w:t>
       </w:r>
       <w:r w:rsidR="00636652">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67AF2B6F" w14:textId="04D370E5" w:rsidR="00C27DC4" w:rsidRPr="004A1346" w:rsidRDefault="217D7105" w:rsidP="00C5105F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Portfolio of activities</w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve"> for set design; make-up; or sound, props, or costuming completed during the current year. This should include pictures of activities, information on the show or performance, details on your involvement</w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
@@ -26821,55 +26842,55 @@
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>(SF 50310)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20FB5E37" w14:textId="77777777" w:rsidR="003A7727" w:rsidRPr="004A1346" w:rsidRDefault="62D34DB0" w:rsidP="0039086B">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Open to youth enrolled in Tractor A, B, C or D.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46311665" w14:textId="77777777" w:rsidR="0053136C" w:rsidRPr="004A1346" w:rsidRDefault="62D34DB0" w:rsidP="0039086B">
       <w:r w:rsidRPr="004A1346">
-        <w:t xml:space="preserve">Demonstrate the skills and knowledge you have gained through the Tractor project. This could be related to, but not limited to, advancements in technology, enhancements to crop production, or a topic of interest to the member related to tractors or farm machinery. The exhibit may include, but isn’t limited to, original works, objects, demonstrations, digital presentations, programs, websites, games, apps, performances, or posters which you have made. Choose whatever method </w:t>
+        <w:t xml:space="preserve">Demonstrate the skills and knowledge you have gained through the Tractor project. This could be related to, but not limited to, advancements in technology, enhancements to crop production, or a topic of interest to the member related to tractors or farm machinery. The exhibit may include, but isn’t limited to, original works, objects, demonstrations, digital </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:lastRenderedPageBreak/>
-        <w:t>best shows what you’ve learned. Your exhibit should not fit in the other exhibit options for this project. You must furnish any equipment you need for your exhibit. Internet service will not be provided for the exhibit. All exhibits must include something visual, such as a printed copy of a digital presentation, which will remain on display during the exhibition. Electronic equipment will only be used during your personal judging time and will not remain on display during the entire exhibit period.</w:t>
+        <w:t>presentations, programs, websites, games, apps, performances, or posters which you have made. Choose whatever method best shows what you’ve learned. Your exhibit should not fit in the other exhibit options for this project. You must furnish any equipment you need for your exhibit. Internet service will not be provided for the exhibit. All exhibits must include something visual, such as a printed copy of a digital presentation, which will remain on display during the exhibition. Electronic equipment will only be used during your personal judging time and will not remain on display during the entire exhibit period.</w:t>
       </w:r>
       <w:bookmarkStart w:id="69" w:name="_Hlk180661303"/>
     </w:p>
     <w:p w14:paraId="729C09C1" w14:textId="77777777" w:rsidR="00623B1F" w:rsidRPr="004A1346" w:rsidRDefault="00623B1F" w:rsidP="0039086B"/>
     <w:p w14:paraId="157473C7" w14:textId="35D84DE5" w:rsidR="00477475" w:rsidRPr="004A1346" w:rsidRDefault="62D34DB0" w:rsidP="006E7CDD">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve">VETERINARY SCIENCE </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F8A432E" w14:textId="3C349940" w:rsidR="0055222A" w:rsidRPr="004A1346" w:rsidRDefault="62D34DB0" w:rsidP="0039086B">
       <w:r w:rsidRPr="004A1346">
         <w:t>Each county may submit 1 entry from 50320</w:t>
       </w:r>
       <w:r w:rsidR="00564631" w:rsidRPr="004A1346">
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidR="00D83416" w:rsidRPr="004A1346">
         <w:t>and 1 entry from 50320</w:t>
       </w:r>
@@ -27184,72 +27205,72 @@
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve"> of up to 5 members. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FF5A65E" w14:textId="77777777" w:rsidR="0071212B" w:rsidRPr="004A1346" w:rsidRDefault="62D34DB0" w:rsidP="00C5105F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="47"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve">Video submissions should be no longer than five (5) minutes in length (unless noted differently in class description). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F668767" w14:textId="194272CB" w:rsidR="0071212B" w:rsidRPr="004A1346" w:rsidRDefault="62D34DB0" w:rsidP="00C5105F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="47"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="004A1346">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Video </w:t>
       </w:r>
       <w:r w:rsidR="00443122">
         <w:t>is</w:t>
       </w:r>
       <w:r w:rsidR="00443122" w:rsidRPr="004A1346">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve">to be original and a result of the member’s current year’s work. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A019803" w14:textId="4DB56EEB" w:rsidR="0071212B" w:rsidRPr="004A1346" w:rsidRDefault="0071212B" w:rsidP="00C5105F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="47"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="004A1346">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Image and sound quality will be considered in relation to equipment available to and used by exhibitor. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29962B4B" w14:textId="474DBFFA" w:rsidR="0071212B" w:rsidRPr="004A1346" w:rsidRDefault="00443122" w:rsidP="00C5105F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="47"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidR="0071212B" w:rsidRPr="004A1346">
         <w:t xml:space="preserve">ideo should comply with copyright regulations and display an image that is appropriate for 4-H audiences. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="097DE6E0" w14:textId="77777777" w:rsidR="0071212B" w:rsidRPr="004A1346" w:rsidRDefault="0071212B" w:rsidP="00C5105F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="47"/>
         </w:numPr>
@@ -27750,63 +27771,63 @@
     </w:p>
     <w:p w14:paraId="299566F0" w14:textId="77777777" w:rsidR="00571F45" w:rsidRPr="004A1346" w:rsidRDefault="00571F45" w:rsidP="00C5105F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A1346">
         <w:t>Chalk/Carbon/Pigment (Drawing and Painting) on Paper, Division B 50336b</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="639AD0F0" w14:textId="77777777" w:rsidR="00571F45" w:rsidRPr="004A1346" w:rsidRDefault="00571F45" w:rsidP="00C5105F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="004A1346">
+        <w:lastRenderedPageBreak/>
         <w:t>Chalk/Carbon/Pigment (Drawing and Painting) on Clay, Glass, Wood, Metal, or Textiles Division C 50336c</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="454E7987" w14:textId="6905FD90" w:rsidR="00571F45" w:rsidRPr="004A1346" w:rsidRDefault="00571F45" w:rsidP="00C5105F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="004A1346">
-        <w:lastRenderedPageBreak/>
         <w:t>Clay 50337</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E9910EC" w14:textId="77777777" w:rsidR="00571F45" w:rsidRPr="004A1346" w:rsidRDefault="00571F45" w:rsidP="00C5105F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="004A1346">
         <w:t>Computer-Generated Art 50338</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="012B289F" w14:textId="77777777" w:rsidR="00571F45" w:rsidRPr="004A1346" w:rsidRDefault="00571F45" w:rsidP="00C5105F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="004A1346">
         <w:t>Computer-Generated Art – Graphic Design 50370</w:t>
@@ -28127,51 +28148,55 @@
         <w:t>MUST NOT</w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>BE AN EXACT REPLICA OF</w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve"> something the judge can search for and find on Pinterest. If a photo, sketch, or other idea source was used, submit it with your entry, firmly attached to your exhibit. Be prepared to explain how and where you got the idea for this project. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33E754F8" w14:textId="77777777" w:rsidR="00571F45" w:rsidRPr="004A1346" w:rsidRDefault="00571F45" w:rsidP="0039086B"/>
     <w:p w14:paraId="4CB381B7" w14:textId="3B08AFDC" w:rsidR="00571F45" w:rsidRPr="004A1346" w:rsidRDefault="00571F45" w:rsidP="0039086B">
       <w:r w:rsidRPr="004A1346">
         <w:t>When utilizing repurposed materials, source wisely to avoid materials from old furniture, painted wood, or metal objects that may contain lead-based paint. Items manufactured before 1978 are particularly risky. If you are unsure, lead testing kits to check painted surfaces are available at hardware stores.</w:t>
       </w:r>
       <w:r w:rsidR="00636652">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
-        <w:t>Consider safely stripping or sealing unknown paint with a non-toxic barrier to prevent exposure.</w:t>
+        <w:t xml:space="preserve">Consider safely stripping or sealing unknown paint with a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A1346">
+        <w:lastRenderedPageBreak/>
+        <w:t>non-toxic barrier to prevent exposure.</w:t>
       </w:r>
       <w:r w:rsidR="00636652">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D84183C" w14:textId="77777777" w:rsidR="00571F45" w:rsidRPr="004A1346" w:rsidRDefault="00571F45" w:rsidP="0039086B"/>
     <w:p w14:paraId="325A6B3B" w14:textId="77777777" w:rsidR="00FE4DFC" w:rsidRPr="004A1346" w:rsidRDefault="00571F45" w:rsidP="00FE4DFC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve">Use of the 4-H Clover: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FA26599" w14:textId="56BD2C54" w:rsidR="00571F45" w:rsidRPr="004A1346" w:rsidRDefault="00571F45" w:rsidP="0039086B">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve">Chartered 4-H clubs and enrolled 4-H members are authorized to use the 4-H Name and Emblem. This includes permission for an enrolled 4-H member to use the 4-H name and emblem in exhibits created for personal use and as part of 4-H sponsored events. This includes 4-H decorated cookies, a 4-H clover printed for use in a scrapbook or included as part of any other 4-H exhibit. Use of the green clover shaped image is not protected. The 4-H “emblem” is distinguished by the four H’s that signify Head, Heart, Hands and Health. </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
@@ -28327,61 +28352,61 @@
     <w:p w14:paraId="3925085E" w14:textId="77777777" w:rsidR="00571F45" w:rsidRPr="004A1346" w:rsidRDefault="00571F45" w:rsidP="00FE4DFC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve">Visual Arts Clay </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>(SF 50337)</w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CBEC8A0" w14:textId="181F0973" w:rsidR="00571F45" w:rsidRPr="004A1346" w:rsidRDefault="00571F45" w:rsidP="0039086B">
       <w:pPr>
         <w:rPr>
           <w:strike/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A1346">
-        <w:t>Any original item made of clay may be fired or unfired, hand-formed or thrown on a wheel. Ceramics, oven-cured, cornstarch, air-dry/self-hardening, and fire-cured clays are acceptable.</w:t>
+        <w:t xml:space="preserve">Any original item made of clay may be fired or unfired, hand-formed or thrown on a wheel. Ceramics, oven-cured, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A1346">
+        <w:lastRenderedPageBreak/>
+        <w:t>cornstarch, air-dry/self-hardening, and fire-cured clays are acceptable.</w:t>
       </w:r>
       <w:r w:rsidR="00636652">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
-        <w:t xml:space="preserve">Modeling clay is not recommended as it does not </w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">harden and risks melting. Items can include, but are not limited to, clay statues, bowls, jewelry, etc. Pre-formed ceramics should refer to Visual Arts Chalk/Carbon/Pigment for guidance. </w:t>
+        <w:t xml:space="preserve">Modeling clay is not recommended as it does not harden and risks melting. Items can include, but are not limited to, clay statues, bowls, jewelry, etc. Pre-formed ceramics should refer to Visual Arts Chalk/Carbon/Pigment for guidance. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E239119" w14:textId="77777777" w:rsidR="00571F45" w:rsidRPr="004A1346" w:rsidRDefault="00571F45" w:rsidP="0039086B"/>
     <w:p w14:paraId="55821FEE" w14:textId="77777777" w:rsidR="00571F45" w:rsidRPr="004A1346" w:rsidRDefault="00571F45" w:rsidP="00FE4DFC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve">Visual Arts Computer-Generated Art </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>(SF 50338, SF 50370)</w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C0FE1F9" w14:textId="77777777" w:rsidR="00571F45" w:rsidRPr="004A1346" w:rsidRDefault="00571F45" w:rsidP="00C5105F">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
@@ -28647,64 +28672,64 @@
         <w:t>(SF 50348)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07905590" w14:textId="77777777" w:rsidR="00571F45" w:rsidRPr="004A1346" w:rsidRDefault="00571F45" w:rsidP="0039086B">
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve">Art pieces in this class must be comprised of </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>at least three different media</w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve">. To ensure a true mixed media composition, no single medium should dominate the piece. As a guideline, each medium should contribute roughly equally to the overall design. One material should not appear to be the main focus or make up the majority of the work. The piece should </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>be either freestanding or should be prepared to be hung</w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
-        <w:t>, and viewable from at least three different sides. Originality and design are important concepts. Craft kits,</w:t>
+        <w:t xml:space="preserve">, and viewable from at least three different sides. Originality and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A1346">
+        <w:lastRenderedPageBreak/>
+        <w:t>design are important concepts. Craft kits,</w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:strike/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
-        <w:t xml:space="preserve">preformed, or assembled projects are not acceptable. Due to space limitations, </w:t>
-[...3 lines deleted...]
-        <w:t>any single exhibit in the Three-Dimensional Design/Mixed Media project should NOT exceed 48” x 48”.</w:t>
+        <w:t>preformed, or assembled projects are not acceptable. Due to space limitations, any single exhibit in the Three-Dimensional Design/Mixed Media project should NOT exceed 48” x 48”.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="472F34C7" w14:textId="77777777" w:rsidR="00571F45" w:rsidRPr="004A1346" w:rsidRDefault="00571F45" w:rsidP="0039086B"/>
     <w:p w14:paraId="79088A5C" w14:textId="77777777" w:rsidR="00571F45" w:rsidRPr="004A1346" w:rsidRDefault="00571F45" w:rsidP="00C11097">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve">Visual Arts Wood </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>(SF 50349)</w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57B0E3FB" w14:textId="77777777" w:rsidR="00571F45" w:rsidRPr="004A1346" w:rsidRDefault="00571F45" w:rsidP="0039086B">
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve">Any original item made of wood (wood carving, sculpture, collage, wood burning, etc.). Utilitarian wood items made from patterns or kits (outdoor or indoor furniture, shelves, etc.) should be entered in woodworking, </w:t>
       </w:r>
@@ -29115,66 +29140,62 @@
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve">Heritage Arts includes any </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>traditional</w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve"> artwork learned from another person or created using a </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>pattern</w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
-        <w:t>, excluding kits. Eligible items include non-original cross-stitched, knitted, and crocheted pieces (original versions should be entered in Fiber Arts), as well as needlepoint, counted cross-stitch, crewel, embroidery, cut work, hardanger embroidery, macramé, blacksmithing, pysanki (decorated eggs), baskets made from traditional patterns, handmade dolls with handmade costumes, and soaps or candles made using natural dyes</w:t>
+        <w:t xml:space="preserve">, excluding kits. Eligible items include non-original cross-stitched, knitted, and crocheted pieces (original versions should be entered in Fiber Arts), as well as needlepoint, counted cross-stitch, crewel, embroidery, cut work, hardanger embroidery, macramé, blacksmithing, pysanki (decorated eggs), baskets made from traditional patterns, handmade dolls with handmade </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A1346">
+        <w:lastRenderedPageBreak/>
+        <w:t>costumes, and soaps or candles made using natural dyes</w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">. Exhibitors must bring a copy of the pattern used and be </w:t>
-[...7 lines deleted...]
-        <w:t>prepared to explain the traditional origins of their art.</w:t>
+        <w:t>. Exhibitors must bring a copy of the pattern used and be prepared to explain the traditional origins of their art.</w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve"> Forged knives may be included if displayed securely and enclosed to prevent handling; unsafe entries may be removed at staff discretion. </w:t>
       </w:r>
       <w:r w:rsidR="009573E6" w:rsidRPr="004A1346">
         <w:t xml:space="preserve">Youth who would have previously shown under Non-Original Fiber (age 8-10) should enter this class instead. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A35C605" w14:textId="77777777" w:rsidR="00571F45" w:rsidRPr="004A1346" w:rsidRDefault="00571F45" w:rsidP="0039086B"/>
     <w:p w14:paraId="7BFAAFF7" w14:textId="77777777" w:rsidR="00571F45" w:rsidRPr="004A1346" w:rsidRDefault="00571F45" w:rsidP="00C11097">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve">Visual Arts Leather </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>(SF 50321)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B3D8433" w14:textId="77777777" w:rsidR="00571F45" w:rsidRPr="004A1346" w:rsidRDefault="00571F45" w:rsidP="0039086B">
@@ -29531,55 +29552,52 @@
         <w:t xml:space="preserve"> (SF 50331). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3457AF56" w14:textId="4C573DA3" w:rsidR="00571F45" w:rsidRPr="004A1346" w:rsidRDefault="00636652" w:rsidP="0039086B">
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22EE4D50" w14:textId="77777777" w:rsidR="00571F45" w:rsidRPr="004A1346" w:rsidRDefault="00571F45" w:rsidP="00414867">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve">Visual Arts Quilting – You Can Quilt (Level 1) </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>(SF 50331a)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B18AC16" w14:textId="77777777" w:rsidR="00571F45" w:rsidRPr="004A1346" w:rsidRDefault="00571F45" w:rsidP="00414867">
       <w:r w:rsidRPr="004A1346">
-        <w:t xml:space="preserve">Exhibit one of the following quilting options. All exhibits should include a card which 1) Identifies the item as an original </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004A1346">
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">design created by the exhibitor; as a pattern created by someone else; OR as a pattern that has been adapted by the exhibitor. AND 2) Identifies the type of batting used. The item may be quilted using any method – tie, hand, or machine quilted. </w:t>
+        <w:t xml:space="preserve">Exhibit one of the following quilting options. All exhibits should include a card which 1) Identifies the item as an original design created by the exhibitor; as a pattern created by someone else; OR as a pattern that has been adapted by the exhibitor. AND 2) Identifies the type of batting used. The item may be quilted using any method – tie, hand, or machine quilted. </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>All work must be completed by the 4-H member</w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:t>. Exhibit one of the following:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C8EA068" w14:textId="77777777" w:rsidR="00571F45" w:rsidRPr="004A1346" w:rsidRDefault="00571F45" w:rsidP="00C5105F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve">A Doll Quilt (maximum size of 24” x 30”); </w:t>
@@ -29939,58 +29957,62 @@
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve">Visual Arts Scrapbooking, Advanced </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>(SF 50347)</w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C05E312" w14:textId="77777777" w:rsidR="00571F45" w:rsidRPr="004A1346" w:rsidRDefault="00571F45" w:rsidP="0039086B">
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve">Exhibit one album or notebook, either 8 ½” x 11” or 12” x 12”, with a front and back cover. The album/notebook must have a minimum of 8 pages (front and back, 16 sides), exhibited in page protectors. </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>NOTE – the front and back album covers are NOT part of the “page” count.</w:t>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="004A1346">
+        <w:t xml:space="preserve">NOTE – the front and back album covers are </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A1346">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>printed and displayed in a physical album or notebook, following the same size and page requirements. All scrapbook entries must be original in design; use of pre-made templates or auto-generated layouts from websites or design software (e.g. Canva, Shutterfly, Adobe Express, etc.) is not permitted. Exhibitors must create their own layouts, embellishments, and design elements to reflect personal creativity and intent. “Embellishments” are defined as the decorations or special details and features that add to a page and make it more visually appealing. Embellishments may include, but are not limited to, ribbon, clips, stickers, special lettering, borders, textures, or graphic elements.</w:t>
+        <w:t>NOT part of the “page” count.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A1346">
+        <w:t xml:space="preserve"> Scrapbooks may be created using traditional or digital methods. Digital scrapbooks must be printed and displayed in a physical album or notebook, following the same size and page requirements. All scrapbook entries must be original in design; use of pre-made templates or auto-generated layouts from websites or design software (e.g. Canva, Shutterfly, Adobe Express, etc.) is not permitted. Exhibitors must create their own layouts, embellishments, and design elements to reflect personal creativity and intent. “Embellishments” are defined as the decorations or special details and features that add to a page and make it more visually appealing. Embellishments may include, but are not limited to, ribbon, clips, stickers, special lettering, borders, textures, or graphic elements.</w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> Advanced level exhibitors must use a </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>minimum of 12 embellishments</w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> in their 8 scrapbook pages (a minimum of twelve embellishments on the 8 required scrapbook pages, not twelve per page</w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve">), 16 sides and tell a compelling story with pictures, journaling, and other media. </w:t>
@@ -30452,50 +30474,51 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve">WELDING </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3125B396" w14:textId="4A1FD3A8" w:rsidR="00174421" w:rsidRPr="004A1346" w:rsidRDefault="62D34DB0" w:rsidP="0039086B">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve">Each county may submit 2 entries total from 50353. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E675E7B" w14:textId="77777777" w:rsidR="00174421" w:rsidRPr="004A1346" w:rsidRDefault="00174421" w:rsidP="0039086B"/>
     <w:p w14:paraId="2EA0581F" w14:textId="5D9BFD26" w:rsidR="00295E24" w:rsidRPr="004A1346" w:rsidRDefault="62D34DB0" w:rsidP="00326E96">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="004A1346">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Welding </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(SF 50353) </w:t>
       </w:r>
       <w:r w:rsidR="00563FA3" w:rsidRPr="004A1346">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Arcs and Sparks </w:t>
       </w:r>
       <w:r w:rsidR="006B7329" w:rsidRPr="004A1346">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
@@ -30547,51 +30570,50 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm flipH="1">
                       <a:off x="0" y="0"/>
                       <a:ext cx="177638" cy="177638"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="58616305" w14:textId="3A615DCC" w:rsidR="002C43A7" w:rsidRPr="004A1346" w:rsidRDefault="76830E7E" w:rsidP="0039086B">
       <w:r w:rsidRPr="004A1346">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Exhibit one weldment/item demonstrating the skill level of the exhibitor. Members new to the project should select a weldment from the </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Weldment List</w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:t xml:space="preserve"> found on page 43 of </w:t>
       </w:r>
       <w:r w:rsidRPr="004A1346">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Arcs and Sparks</w:t>
       </w:r>
       <w:r w:rsidR="000B52B7" w:rsidRPr="004A1346">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="005E6263" w:rsidRPr="004A1346">
         <w:t xml:space="preserve"> </w:t>
@@ -30990,51 +31012,51 @@
         <w:rPr>
           <w:snapToGrid/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E4C2AF8" w14:textId="77777777" w:rsidR="00F02B6A" w:rsidRPr="00F02B6A" w:rsidRDefault="00F02B6A" w:rsidP="00F02B6A"/>
     <w:p w14:paraId="29AA0DF1" w14:textId="77777777" w:rsidR="00F02B6A" w:rsidRDefault="00F02B6A" w:rsidP="00F02B6A">
       <w:pPr>
         <w:rPr>
           <w:snapToGrid/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="32850257" w14:textId="6DB949A4" w:rsidR="00F02B6A" w:rsidRPr="00F02B6A" w:rsidRDefault="00F02B6A" w:rsidP="000A450C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2415"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="00106B8C">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="118E9114" wp14:editId="3184474C">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="118E9114" wp14:editId="6642351D">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>38100</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>34925</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1371600" cy="360045"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="620674056" name="Picture 2" descr="Illinois Extension wordmark with orange block I"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1118011666" name="Picture 2" descr="A black background with blue text&#10;&#10;Description automatically generated"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId59" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -40209,50 +40231,51 @@
     <w:rsid w:val="004A253F"/>
     <w:rsid w:val="004A678E"/>
     <w:rsid w:val="004A6871"/>
     <w:rsid w:val="004B045E"/>
     <w:rsid w:val="004B050A"/>
     <w:rsid w:val="004B354F"/>
     <w:rsid w:val="004B461E"/>
     <w:rsid w:val="004B4AFA"/>
     <w:rsid w:val="004B4F27"/>
     <w:rsid w:val="004B5840"/>
     <w:rsid w:val="004B5904"/>
     <w:rsid w:val="004B7286"/>
     <w:rsid w:val="004B77F6"/>
     <w:rsid w:val="004C021D"/>
     <w:rsid w:val="004C0C47"/>
     <w:rsid w:val="004C11F5"/>
     <w:rsid w:val="004C2A92"/>
     <w:rsid w:val="004C63A0"/>
     <w:rsid w:val="004C6C99"/>
     <w:rsid w:val="004C7271"/>
     <w:rsid w:val="004C7954"/>
     <w:rsid w:val="004C7DEC"/>
     <w:rsid w:val="004D564E"/>
     <w:rsid w:val="004D59DB"/>
     <w:rsid w:val="004D6AB9"/>
+    <w:rsid w:val="004D6E16"/>
     <w:rsid w:val="004D70F2"/>
     <w:rsid w:val="004D7DD4"/>
     <w:rsid w:val="004D7F9E"/>
     <w:rsid w:val="004E0E90"/>
     <w:rsid w:val="004E20EC"/>
     <w:rsid w:val="004E2E78"/>
     <w:rsid w:val="004E41AC"/>
     <w:rsid w:val="004E5213"/>
     <w:rsid w:val="004E549D"/>
     <w:rsid w:val="004E64B3"/>
     <w:rsid w:val="004E6D9C"/>
     <w:rsid w:val="004E74DF"/>
     <w:rsid w:val="004F0774"/>
     <w:rsid w:val="004F0A28"/>
     <w:rsid w:val="004F14C2"/>
     <w:rsid w:val="004F1A02"/>
     <w:rsid w:val="004F1D1F"/>
     <w:rsid w:val="004F260C"/>
     <w:rsid w:val="004F2C70"/>
     <w:rsid w:val="004F2C76"/>
     <w:rsid w:val="004F318B"/>
     <w:rsid w:val="004F4DF1"/>
     <w:rsid w:val="004F661F"/>
     <w:rsid w:val="004F7F52"/>
     <w:rsid w:val="004F7F76"/>
@@ -41219,50 +41242,51 @@
     <w:rsid w:val="00C31891"/>
     <w:rsid w:val="00C32D8F"/>
     <w:rsid w:val="00C331B2"/>
     <w:rsid w:val="00C33B93"/>
     <w:rsid w:val="00C33E5C"/>
     <w:rsid w:val="00C347B6"/>
     <w:rsid w:val="00C367B5"/>
     <w:rsid w:val="00C3739C"/>
     <w:rsid w:val="00C40424"/>
     <w:rsid w:val="00C41A90"/>
     <w:rsid w:val="00C433E2"/>
     <w:rsid w:val="00C43DAF"/>
     <w:rsid w:val="00C4474A"/>
     <w:rsid w:val="00C45284"/>
     <w:rsid w:val="00C45882"/>
     <w:rsid w:val="00C460E0"/>
     <w:rsid w:val="00C47060"/>
     <w:rsid w:val="00C476AA"/>
     <w:rsid w:val="00C5055B"/>
     <w:rsid w:val="00C5105F"/>
     <w:rsid w:val="00C523F1"/>
     <w:rsid w:val="00C537DB"/>
     <w:rsid w:val="00C53F43"/>
     <w:rsid w:val="00C634EB"/>
     <w:rsid w:val="00C63732"/>
+    <w:rsid w:val="00C63899"/>
     <w:rsid w:val="00C642A6"/>
     <w:rsid w:val="00C647FF"/>
     <w:rsid w:val="00C651A1"/>
     <w:rsid w:val="00C65265"/>
     <w:rsid w:val="00C656B0"/>
     <w:rsid w:val="00C66982"/>
     <w:rsid w:val="00C7114C"/>
     <w:rsid w:val="00C73542"/>
     <w:rsid w:val="00C73B34"/>
     <w:rsid w:val="00C742C9"/>
     <w:rsid w:val="00C7541B"/>
     <w:rsid w:val="00C757FF"/>
     <w:rsid w:val="00C77D29"/>
     <w:rsid w:val="00C8050F"/>
     <w:rsid w:val="00C80FA8"/>
     <w:rsid w:val="00C81AB9"/>
     <w:rsid w:val="00C82087"/>
     <w:rsid w:val="00C836D3"/>
     <w:rsid w:val="00C8433D"/>
     <w:rsid w:val="00C84C18"/>
     <w:rsid w:val="00C85594"/>
     <w:rsid w:val="00C85B8F"/>
     <w:rsid w:val="00C902C9"/>
     <w:rsid w:val="00C928E8"/>
     <w:rsid w:val="00C92A65"/>
@@ -41609,50 +41633,51 @@
     <w:rsid w:val="00F44907"/>
     <w:rsid w:val="00F4537E"/>
     <w:rsid w:val="00F46F5E"/>
     <w:rsid w:val="00F47A0F"/>
     <w:rsid w:val="00F50337"/>
     <w:rsid w:val="00F5292C"/>
     <w:rsid w:val="00F54AA4"/>
     <w:rsid w:val="00F553B0"/>
     <w:rsid w:val="00F55C56"/>
     <w:rsid w:val="00F55FF4"/>
     <w:rsid w:val="00F56AF3"/>
     <w:rsid w:val="00F56FD6"/>
     <w:rsid w:val="00F60DC2"/>
     <w:rsid w:val="00F620EC"/>
     <w:rsid w:val="00F63169"/>
     <w:rsid w:val="00F639AD"/>
     <w:rsid w:val="00F63A6A"/>
     <w:rsid w:val="00F64003"/>
     <w:rsid w:val="00F64D88"/>
     <w:rsid w:val="00F66656"/>
     <w:rsid w:val="00F666D9"/>
     <w:rsid w:val="00F67BD2"/>
     <w:rsid w:val="00F70913"/>
     <w:rsid w:val="00F712FC"/>
     <w:rsid w:val="00F71D91"/>
+    <w:rsid w:val="00F7345A"/>
     <w:rsid w:val="00F7409B"/>
     <w:rsid w:val="00F74D2E"/>
     <w:rsid w:val="00F7551F"/>
     <w:rsid w:val="00F773D9"/>
     <w:rsid w:val="00F77846"/>
     <w:rsid w:val="00F77E57"/>
     <w:rsid w:val="00F8043B"/>
     <w:rsid w:val="00F81FA4"/>
     <w:rsid w:val="00F83F2E"/>
     <w:rsid w:val="00F850A3"/>
     <w:rsid w:val="00F85CAD"/>
     <w:rsid w:val="00F86201"/>
     <w:rsid w:val="00F8662A"/>
     <w:rsid w:val="00F87E54"/>
     <w:rsid w:val="00F90B0F"/>
     <w:rsid w:val="00F923B2"/>
     <w:rsid w:val="00F9319E"/>
     <w:rsid w:val="00F947B7"/>
     <w:rsid w:val="00F9623C"/>
     <w:rsid w:val="00F96F65"/>
     <w:rsid w:val="00F96F9E"/>
     <w:rsid w:val="00FA0184"/>
     <w:rsid w:val="00FA14B8"/>
     <w:rsid w:val="00FA2D4A"/>
     <w:rsid w:val="00FA32CB"/>
@@ -44297,50 +44322,63 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1414739978">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1468662101">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1497962760">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1504012237">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -44841,61 +44879,50 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...9 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100695949319303A145904EE31879E822A7" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0a04bac776cd046fc39d0ba26ba5311d">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b87e69aa-f3ec-4a8f-982e-0eb5ed89962e" xmlns:ns3="310e5f0a-9b30-45b8-8f89-51d7d868d8b1" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="013109e1486f02c5562012fceee6f6f6" ns2:_="" ns3:_="">
     <xsd:import namespace="b87e69aa-f3ec-4a8f-982e-0eb5ed89962e"/>
     <xsd:import namespace="310e5f0a-9b30-45b8-8f89-51d7d868d8b1"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -45080,145 +45107,156 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="310e5f0a-9b30-45b8-8f89-51d7d868d8b1" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="b87e69aa-f3ec-4a8f-982e-0eb5ed89962e">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{175A860F-FD5A-4602-89EA-47C413013613}">
-[...15 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E92EB8BC-8EE9-421B-B203-422CA6B13B9E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="b87e69aa-f3ec-4a8f-982e-0eb5ed89962e"/>
     <ds:schemaRef ds:uri="310e5f0a-9b30-45b8-8f89-51d7d868d8b1"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{436D5422-8163-4E57-8001-22399C5A6F0A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{175A860F-FD5A-4602-89EA-47C413013613}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="b87e69aa-f3ec-4a8f-982e-0eb5ed89962e"/>
+    <ds:schemaRef ds:uri="310e5f0a-9b30-45b8-8f89-51d7d868d8b1"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ED8892E8-FD4D-481F-90D1-E1FAFD526664}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>51</Pages>
-  <Words>31898</Words>
-  <Characters>174455</Characters>
+  <Words>31920</Words>
+  <Characters>174566</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>1453</Lines>
-  <Paragraphs>411</Paragraphs>
+  <Lines>1454</Lines>
+  <Paragraphs>412</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>2026 Exhibit Guidelines - Illinois State Fair</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Dell Computer Corporation</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>205942</CharactersWithSpaces>
+  <CharactersWithSpaces>206074</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>2026 Exhibit Guidelines - Illinois State Fair</dc:title>
   <dc:subject/>
   <dc:creator>mmirwin@illinois.edu</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100695949319303A145904EE31879E822A7</vt:lpwstr>
   </property>